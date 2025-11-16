--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R84366dba8e004f2aab85ccdd4d4bd3ac"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3a855ad1bd834e408da86b10817074fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84366dba8e004f2aab85ccdd4d4bd3ac" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a855ad1bd834e408da86b10817074fd" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F164"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -97,3281 +97,3281 @@
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
       <x:c r="D1" t="str" s="1">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="E1" t="str" s="1">
         <x:v>Year</x:v>
       </x:c>
       <x:c r="F1" t="str" s="1">
         <x:v>Value</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B2" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C2" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D2" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E2" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F2" t="n" s="2">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B6" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C6" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D6" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E6" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F6" t="n" s="2">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D7" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E7" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F7" t="n" s="2">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B8" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C8" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D8" s="3">
-        <x:v>41274</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E8" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F8" t="n" s="2">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D9" s="3">
-        <x:v>42369</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D10" s="3">
-        <x:v>43465</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>Djuran, Brunstorp</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D11" s="3">
-        <x:v>38717</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>246</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>Djuran, Brunstorp</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D12" s="3">
-        <x:v>39082</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>173</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>Djuran, Brunstorp</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D13" s="3">
-        <x:v>39447</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>129</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
-        <x:v>Djuran, Brunstorp</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D14" s="3">
-        <x:v>39813</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>170</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
-        <x:v>Djuran, Brunstorp</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D15" s="3">
-        <x:v>40178</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>162</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
-        <x:v>Djuran, Brunstorp</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D16" s="3">
-        <x:v>40543</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>182</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
-        <x:v>Djuran, Brunstorp</x:v>
+        <x:v>Bragnumsån (513)</x:v>
       </x:c>
       <x:c r="D17" s="3">
-        <x:v>41639</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
-        <x:v>140</x:v>
+        <x:v>39.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
         <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D18" s="3">
-        <x:v>42735</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
-        <x:v>105</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
         <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D19" s="3">
-        <x:v>43830</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>370</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D20" s="3">
-        <x:v>38717</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D21" s="3">
-        <x:v>39082</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
-        <x:v>109</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B22" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C22" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D22" s="3">
-        <x:v>39447</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E22" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F22" t="n" s="2">
-        <x:v>82</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B23" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C23" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D23" s="3">
-        <x:v>39813</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E23" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F23" t="n" s="2">
-        <x:v>87</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B24" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C24" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D24" s="3">
-        <x:v>40178</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E24" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F24" t="n" s="2">
-        <x:v>71</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B25" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C25" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D25" s="3">
-        <x:v>40543</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E25" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F25" t="n" s="2">
-        <x:v>69</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Djuran, Brunstorp</x:v>
       </x:c>
       <x:c r="D26" s="3">
-        <x:v>41274</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
-        <x:v>137</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D27" s="3">
-        <x:v>42369</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
-        <x:v>82</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
-        <x:v>Klämmabäcken</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D28" s="3">
-        <x:v>43465</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>50</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D29" s="3">
-        <x:v>38717</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B30" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C30" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D30" s="3">
-        <x:v>39082</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E30" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F30" t="n" s="2">
-        <x:v>59</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B31" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C31" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D31" s="3">
-        <x:v>39447</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E31" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F31" t="n" s="2">
-        <x:v>46</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B32" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C32" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D32" s="3">
-        <x:v>39813</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E32" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F32" t="n" s="2">
-        <x:v>65</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B33" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C33" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D33" s="3">
-        <x:v>40178</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E33" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F33" t="n" s="2">
-        <x:v>52</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D34" s="3">
-        <x:v>40543</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D35" s="3">
         <x:v>41639</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>42735</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
-        <x:v>41</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>43830</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>56</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
         <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>38717</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
         <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>39082</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>8</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>39447</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D41" s="3">
-        <x:v>39813</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
-        <x:v>16</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
         <x:v>Forsviksån</x:v>
       </x:c>
       <x:c r="D42" s="3">
-        <x:v>40178</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D43" s="3">
-        <x:v>40543</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>11</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D44" s="3">
-        <x:v>40908</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
-        <x:v>11</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B45" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C45" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D45" s="3">
-        <x:v>41274</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E45" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F45" t="n" s="2">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B46" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C46" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D46" s="3">
-        <x:v>41639</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E46" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F46" t="n" s="2">
-        <x:v>13</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B47" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C47" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D47" s="3">
-        <x:v>42004</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E47" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F47" t="n" s="2">
-        <x:v>12</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B48" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C48" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D48" s="3">
-        <x:v>42369</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E48" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F48" t="n" s="2">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B49" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C49" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D49" s="3">
-        <x:v>42735</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E49" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F49" t="n" s="2">
-        <x:v>12</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B50" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C50" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D50" s="3">
-        <x:v>43100</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E50" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F50" t="n" s="2">
-        <x:v>11</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B51" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C51" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D51" s="3">
-        <x:v>43465</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E51" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F51" t="n" s="2">
-        <x:v>13</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B52" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C52" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D52" s="3">
-        <x:v>43830</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E52" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F52" t="n" s="2">
-        <x:v>9</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B53" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C53" t="str" s="2">
-        <x:v>Forsviksån</x:v>
+        <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D53" s="3">
-        <x:v>44196</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E53" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F53" t="n" s="2">
-        <x:v>11</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B54" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C54" t="str" s="2">
         <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D54" s="3">
-        <x:v>38717</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E54" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F54" t="n" s="2">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B55" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C55" t="str" s="2">
         <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D55" s="3">
-        <x:v>39082</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E55" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F55" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B56" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C56" t="str" s="2">
         <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D56" s="3">
-        <x:v>39447</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E56" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F56" t="n" s="2">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B57" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C57" t="str" s="2">
         <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D57" s="3">
-        <x:v>39813</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E57" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F57" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B58" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C58" t="str" s="2">
         <x:v>Hjoån</x:v>
       </x:c>
       <x:c r="D58" s="3">
-        <x:v>40178</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E58" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F58" t="n" s="2">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B59" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C59" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D59" s="3">
-        <x:v>40543</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E59" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F59" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B60" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C60" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D60" s="3">
-        <x:v>40908</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E60" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F60" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B61" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C61" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D61" s="3">
-        <x:v>41274</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E61" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F61" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B62" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C62" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D62" s="3">
-        <x:v>41639</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E62" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F62" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B63" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C63" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D63" s="3">
-        <x:v>42004</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E63" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F63" t="n" s="2">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B64" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C64" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D64" s="3">
-        <x:v>42369</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E64" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F64" t="n" s="2">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B65" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C65" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D65" s="3">
-        <x:v>42735</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E65" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F65" t="n" s="2">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B66" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C66" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D66" s="3">
-        <x:v>43100</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E66" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F66" t="n" s="2">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B67" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C67" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D67" s="3">
-        <x:v>43465</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E67" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F67" t="n" s="2">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B68" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C68" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D68" s="3">
-        <x:v>43830</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E68" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F68" t="n" s="2">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B69" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C69" t="str" s="2">
-        <x:v>Hjoån</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D69" s="3">
-        <x:v>44196</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E69" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F69" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B70" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C70" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D70" s="3">
-        <x:v>38717</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E70" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F70" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B71" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C71" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D71" s="3">
-        <x:v>39082</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E71" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F71" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B72" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C72" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D72" s="3">
-        <x:v>39447</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E72" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F72" t="n" s="2">
-        <x:v>24</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B73" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C73" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D73" s="3">
-        <x:v>39813</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E73" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F73" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B74" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C74" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Hornborgarån (630)</x:v>
       </x:c>
       <x:c r="D74" s="3">
-        <x:v>40178</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E74" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F74" t="n" s="2">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B75" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C75" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D75" s="3">
-        <x:v>40543</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E75" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F75" t="n" s="2">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B76" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C76" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D76" s="3">
-        <x:v>40908</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E76" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F76" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B77" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C77" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D77" s="3">
-        <x:v>42004</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E77" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F77" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B78" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C78" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D78" s="3">
-        <x:v>43100</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E78" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F78" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B79" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C79" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D79" s="3">
-        <x:v>44196</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E79" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F79" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B80" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C80" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D80" s="3">
-        <x:v>38717</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E80" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F80" t="n" s="2">
-        <x:v>15</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B81" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C81" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D81" s="3">
-        <x:v>39082</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E81" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F81" t="n" s="2">
-        <x:v>13</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B82" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C82" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D82" s="3">
-        <x:v>39447</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E82" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F82" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B83" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C83" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D83" s="3">
-        <x:v>39813</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E83" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F83" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B84" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C84" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D84" s="3">
-        <x:v>40178</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E84" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F84" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B85" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C85" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D85" s="3">
-        <x:v>40543</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E85" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F85" t="n" s="2">
-        <x:v>15</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B86" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C86" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D86" s="3">
-        <x:v>40908</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E86" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F86" t="n" s="2">
-        <x:v>19</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B87" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C87" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D87" s="3">
-        <x:v>41274</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E87" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F87" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B88" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C88" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D88" s="3">
-        <x:v>41639</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E88" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F88" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D89" s="3">
-        <x:v>42004</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D90" s="3">
-        <x:v>42369</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D91" s="3">
-        <x:v>42735</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
-        <x:v>16</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D92" s="3">
-        <x:v>43100</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D93" s="3">
-        <x:v>43465</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D94" s="3">
-        <x:v>43830</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D95" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
-        <x:v>19.5</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D96" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
-        <x:v>102</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D97" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>63</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D98" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D99" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B100" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C100" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D100" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E100" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F100" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B101" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C101" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D101" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E101" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F101" t="n" s="2">
-        <x:v>66</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D102" s="3">
-        <x:v>41639</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D103" s="3">
-        <x:v>42735</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D104" s="3">
-        <x:v>43830</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D105" s="3">
-        <x:v>38717</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B106" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C106" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D106" s="3">
-        <x:v>39082</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E106" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F106" t="n" s="2">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B107" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C107" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D107" s="3">
-        <x:v>39447</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E107" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F107" t="n" s="2">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B108" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C108" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D108" s="3">
-        <x:v>39813</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E108" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F108" t="n" s="2">
-        <x:v>53</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B109" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C109" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D109" s="3">
-        <x:v>40178</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E109" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F109" t="n" s="2">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B110" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C110" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D110" s="3">
-        <x:v>40543</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E110" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F110" t="n" s="2">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B111" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C111" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D111" s="3">
-        <x:v>40908</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E111" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F111" t="n" s="2">
-        <x:v>61</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B112" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C112" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D112" s="3">
-        <x:v>41274</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E112" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F112" t="n" s="2">
-        <x:v>85</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B113" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C113" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D113" s="3">
-        <x:v>41639</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E113" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F113" t="n" s="2">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B114" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C114" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D114" s="3">
-        <x:v>42004</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E114" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F114" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B115" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C115" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D115" s="3">
-        <x:v>42369</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E115" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F115" t="n" s="2">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B116" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C116" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D116" s="3">
-        <x:v>42735</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E116" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F116" t="n" s="2">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B117" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C117" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D117" s="3">
-        <x:v>43100</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E117" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F117" t="n" s="2">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B118" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C118" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D118" s="3">
-        <x:v>43465</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E118" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F118" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B119" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C119" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D119" s="3">
-        <x:v>43830</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E119" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F119" t="n" s="2">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B120" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C120" t="str" s="2">
-        <x:v>Bragnumsån (513)</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D120" s="3">
-        <x:v>44196</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E120" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F120" t="n" s="2">
-        <x:v>39.5</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B121" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C121" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D121" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E121" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F121" t="n" s="2">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B122" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C122" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D122" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E122" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F122" t="n" s="2">
-        <x:v>16</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B123" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C123" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D123" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E123" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F123" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B124" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C124" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D124" s="3">
         <x:v>39813</x:v>
       </x:c>
       <x:c r="E124" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F124" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B125" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C125" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D125" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E125" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F125" t="n" s="2">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B126" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C126" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D126" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E126" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F126" t="n" s="2">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B127" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C127" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D127" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E127" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F127" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B128" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C128" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D128" s="3">
-        <x:v>41274</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E128" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F128" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B129" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C129" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D129" s="3">
-        <x:v>41639</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E129" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F129" t="n" s="2">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B130" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C130" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D130" s="3">
-        <x:v>42004</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E130" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F130" t="n" s="2">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B131" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C131" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D131" s="3">
-        <x:v>42369</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E131" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F131" t="n" s="2">
-        <x:v>24</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B132" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C132" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D132" s="3">
-        <x:v>42735</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E132" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F132" t="n" s="2">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B133" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C133" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D133" s="3">
-        <x:v>43100</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E133" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F133" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B134" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C134" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D134" s="3">
-        <x:v>43465</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E134" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F134" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B135" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C135" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D135" s="3">
-        <x:v>43830</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E135" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F135" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B136" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C136" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D136" s="3">
-        <x:v>44196</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E136" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F136" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B137" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C137" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D137" s="3">
-        <x:v>38717</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E137" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F137" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B138" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C138" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D138" s="3">
-        <x:v>39082</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E138" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F138" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B139" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C139" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D139" s="3">
-        <x:v>39447</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E139" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F139" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B140" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C140" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D140" s="3">
-        <x:v>39813</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E140" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F140" t="n" s="2">
-        <x:v>31</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B141" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C141" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D141" s="3">
-        <x:v>40178</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E141" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F141" t="n" s="2">
-        <x:v>44</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B142" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C142" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D142" s="3">
-        <x:v>40543</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E142" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F142" t="n" s="2">
-        <x:v>36</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B143" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C143" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D143" s="3">
-        <x:v>40908</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E143" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F143" t="n" s="2">
-        <x:v>55</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B144" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C144" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D144" s="3">
-        <x:v>41274</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E144" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F144" t="n" s="2">
-        <x:v>54</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B145" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C145" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D145" s="3">
-        <x:v>41639</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E145" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F145" t="n" s="2">
-        <x:v>39</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B146" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C146" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D146" s="3">
-        <x:v>42369</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E146" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F146" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B147" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C147" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D147" s="3">
-        <x:v>43465</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E147" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F147" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B148" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C148" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D148" s="3">
-        <x:v>44196</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E148" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F148" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B149" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C149" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D149" s="3">
-        <x:v>38717</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E149" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F149" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B150" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C150" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D150" s="3">
-        <x:v>39082</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E150" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F150" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B151" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C151" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D151" s="3">
-        <x:v>39447</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E151" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F151" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B152" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C152" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D152" s="3">
-        <x:v>39813</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E152" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F152" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B153" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C153" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D153" s="3">
-        <x:v>40178</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E153" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F153" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B154" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C154" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D154" s="3">
-        <x:v>40543</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E154" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F154" t="n" s="2">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B155" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C155" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D155" s="3">
-        <x:v>40908</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E155" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F155" t="n" s="2">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B156" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C156" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D156" s="3">
-        <x:v>41274</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E156" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F156" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B157" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C157" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D157" s="3">
-        <x:v>41639</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E157" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F157" t="n" s="2">
-        <x:v>44</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B158" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C158" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D158" s="3">
-        <x:v>42004</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E158" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F158" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B159" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C159" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D159" s="3">
-        <x:v>42369</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E159" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F159" t="n" s="2">
-        <x:v>22</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B160" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C160" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D160" s="3">
-        <x:v>42735</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E160" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F160" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B161" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C161" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D161" s="3">
-        <x:v>43100</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E161" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F161" t="n" s="2">
-        <x:v>19</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B162" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C162" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D162" s="3">
-        <x:v>43465</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E162" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F162" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B163" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C163" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D163" s="3">
-        <x:v>43830</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E163" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F163" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B164" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C164" t="str" s="2">
-        <x:v>Hornborgarån (630)</x:v>
+        <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D164" s="3">
-        <x:v>44196</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E164" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F164" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>