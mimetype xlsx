--- v1 (2025-11-16)
+++ v2 (2026-01-01)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3a855ad1bd834e408da86b10817074fd"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R74cc156cc1fc4d07a3ee9413624f2ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a855ad1bd834e408da86b10817074fd" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R74cc156cc1fc4d07a3ee9413624f2ae5" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F164"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>