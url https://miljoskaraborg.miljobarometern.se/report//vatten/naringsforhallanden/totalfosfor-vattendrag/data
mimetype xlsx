--- v2 (2026-01-01)
+++ v3 (2026-02-17)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R74cc156cc1fc4d07a3ee9413624f2ae5"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0d4ece08ccdb4286bf7d037b6dc0e532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R74cc156cc1fc4d07a3ee9413624f2ae5" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d4ece08ccdb4286bf7d037b6dc0e532" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F164"/>
+  <x:dimension ref="A1:F170"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="24.8" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="30.8" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -1737,1641 +1737,1761 @@
       </x:c>
       <x:c r="B83" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C83" t="str" s="2">
         <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D83" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E83" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F83" t="n" s="2">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B84" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C84" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D84" s="3">
-        <x:v>38717</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E84" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F84" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B85" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C85" t="str" s="2">
-        <x:v>Lidan, Johannelund (506)</x:v>
+        <x:v>Klämmabäcken</x:v>
       </x:c>
       <x:c r="D85" s="3">
-        <x:v>39082</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E85" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F85" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B86" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C86" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D86" s="3">
-        <x:v>39447</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E86" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F86" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B87" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C87" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D87" s="3">
-        <x:v>39813</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E87" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F87" t="n" s="2">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B88" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C88" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D88" s="3">
-        <x:v>40178</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E88" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F88" t="n" s="2">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D89" s="3">
-        <x:v>40543</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D90" s="3">
-        <x:v>40908</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D91" s="3">
-        <x:v>41274</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D92" s="3">
-        <x:v>41639</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D93" s="3">
-        <x:v>42369</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D94" s="3">
-        <x:v>43465</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
         <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D95" s="3">
-        <x:v>44196</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D96" s="3">
-        <x:v>38717</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Pösan (613)</x:v>
+        <x:v>Lidan, Johannelund (506)</x:v>
       </x:c>
       <x:c r="D97" s="3">
-        <x:v>39082</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>16</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D98" s="3">
-        <x:v>39447</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D99" s="3">
-        <x:v>39813</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B100" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C100" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D100" s="3">
-        <x:v>40178</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E100" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F100" t="n" s="2">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B101" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C101" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D101" s="3">
-        <x:v>40543</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E101" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F101" t="n" s="2">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D102" s="3">
-        <x:v>40908</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D103" s="3">
-        <x:v>41274</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D104" s="3">
-        <x:v>41639</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>40</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D105" s="3">
-        <x:v>42004</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B106" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C106" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D106" s="3">
-        <x:v>42369</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E106" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F106" t="n" s="2">
-        <x:v>24</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B107" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C107" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D107" s="3">
-        <x:v>42735</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E107" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F107" t="n" s="2">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B108" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C108" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D108" s="3">
-        <x:v>43100</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E108" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F108" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B109" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C109" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D109" s="3">
-        <x:v>43465</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E109" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F109" t="n" s="2">
-        <x:v>25</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B110" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C110" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D110" s="3">
-        <x:v>43830</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E110" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F110" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B111" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C111" t="str" s="2">
         <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D111" s="3">
-        <x:v>44196</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E111" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F111" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B112" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C112" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D112" s="3">
-        <x:v>38717</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E112" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F112" t="n" s="2">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B113" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C113" t="str" s="2">
-        <x:v>Tidan, Åreberg</x:v>
+        <x:v>Pösan (613)</x:v>
       </x:c>
       <x:c r="D113" s="3">
-        <x:v>39082</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E113" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F113" t="n" s="2">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B114" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C114" t="str" s="2">
         <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D114" s="3">
-        <x:v>39447</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E114" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F114" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B115" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C115" t="str" s="2">
         <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D115" s="3">
-        <x:v>39813</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E115" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F115" t="n" s="2">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B116" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C116" t="str" s="2">
         <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D116" s="3">
-        <x:v>40178</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E116" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F116" t="n" s="2">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B117" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C117" t="str" s="2">
         <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D117" s="3">
-        <x:v>40543</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E117" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F117" t="n" s="2">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B118" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C118" t="str" s="2">
         <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D118" s="3">
-        <x:v>41274</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E118" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F118" t="n" s="2">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B119" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C119" t="str" s="2">
         <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D119" s="3">
-        <x:v>42369</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E119" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F119" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B120" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C120" t="str" s="2">
         <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D120" s="3">
-        <x:v>43465</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E120" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F120" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B121" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C121" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D121" s="3">
-        <x:v>38717</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E121" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F121" t="n" s="2">
-        <x:v>27</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B122" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C122" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D122" s="3">
-        <x:v>39082</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E122" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F122" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B123" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C123" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D123" s="3">
-        <x:v>39447</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E123" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F123" t="n" s="2">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B124" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C124" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D124" s="3">
-        <x:v>39813</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E124" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F124" t="n" s="2">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B125" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C125" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D125" s="3">
-        <x:v>40178</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="E125" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="F125" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B126" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C126" t="str" s="2">
-        <x:v>Yan</x:v>
+        <x:v>Tidan, Åreberg</x:v>
       </x:c>
       <x:c r="D126" s="3">
-        <x:v>40543</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E126" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F126" t="n" s="2">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B127" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C127" t="str" s="2">
         <x:v>Yan</x:v>
       </x:c>
       <x:c r="D127" s="3">
-        <x:v>40908</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E127" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F127" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B128" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C128" t="str" s="2">
         <x:v>Yan</x:v>
       </x:c>
       <x:c r="D128" s="3">
-        <x:v>42004</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E128" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F128" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B129" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C129" t="str" s="2">
         <x:v>Yan</x:v>
       </x:c>
       <x:c r="D129" s="3">
-        <x:v>43100</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E129" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F129" t="n" s="2">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B130" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C130" t="str" s="2">
         <x:v>Yan</x:v>
       </x:c>
       <x:c r="D130" s="3">
-        <x:v>44196</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E130" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F130" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B131" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C131" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D131" s="3">
-        <x:v>38717</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E131" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F131" t="n" s="2">
-        <x:v>15</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B132" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C132" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D132" s="3">
-        <x:v>39082</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E132" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F132" t="n" s="2">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B133" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C133" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D133" s="3">
-        <x:v>39447</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E133" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F133" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B134" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C134" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D134" s="3">
-        <x:v>39813</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E134" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F134" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B135" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C135" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D135" s="3">
-        <x:v>40178</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E135" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F135" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B136" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C136" t="str" s="2">
-        <x:v>Ätran, uppströms Åsarp</x:v>
+        <x:v>Yan</x:v>
       </x:c>
       <x:c r="D136" s="3">
-        <x:v>40543</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E136" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F136" t="n" s="2">
-        <x:v>15</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B137" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C137" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D137" s="3">
-        <x:v>40908</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E137" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F137" t="n" s="2">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B138" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C138" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D138" s="3">
-        <x:v>41274</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E138" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F138" t="n" s="2">
-        <x:v>20</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B139" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C139" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D139" s="3">
-        <x:v>41639</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E139" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F139" t="n" s="2">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B140" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C140" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D140" s="3">
-        <x:v>42004</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E140" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F140" t="n" s="2">
-        <x:v>24</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B141" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C141" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D141" s="3">
-        <x:v>42369</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E141" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F141" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B142" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C142" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D142" s="3">
-        <x:v>42735</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E142" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F142" t="n" s="2">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B143" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C143" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D143" s="3">
-        <x:v>43100</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E143" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F143" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B144" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C144" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D144" s="3">
-        <x:v>43465</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E144" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F144" t="n" s="2">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B145" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C145" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D145" s="3">
-        <x:v>43830</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E145" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F145" t="n" s="2">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B146" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C146" t="str" s="2">
         <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D146" s="3">
-        <x:v>44196</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E146" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F146" t="n" s="2">
-        <x:v>19.5</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B147" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C147" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D147" s="3">
-        <x:v>38717</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E147" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F147" t="n" s="2">
-        <x:v>102</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B148" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C148" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D148" s="3">
-        <x:v>39082</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E148" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F148" t="n" s="2">
-        <x:v>63</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B149" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C149" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D149" s="3">
-        <x:v>39447</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E149" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F149" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B150" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C150" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D150" s="3">
-        <x:v>39813</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E150" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F150" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B151" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C151" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D151" s="3">
-        <x:v>40178</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E151" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F151" t="n" s="2">
-        <x:v>33</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B152" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C152" t="str" s="2">
-        <x:v>Ömboån</x:v>
+        <x:v>Ätran, uppströms Åsarp</x:v>
       </x:c>
       <x:c r="D152" s="3">
-        <x:v>40543</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E152" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F152" t="n" s="2">
-        <x:v>66</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B153" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C153" t="str" s="2">
         <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D153" s="3">
-        <x:v>41639</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E153" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F153" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B154" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C154" t="str" s="2">
         <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D154" s="3">
-        <x:v>42735</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E154" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F154" t="n" s="2">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B155" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C155" t="str" s="2">
         <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D155" s="3">
-        <x:v>43830</x:v>
+        <x:v>39447</x:v>
       </x:c>
       <x:c r="E155" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="F155" t="n" s="2">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B156" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C156" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D156" s="3">
-        <x:v>38717</x:v>
+        <x:v>39813</x:v>
       </x:c>
       <x:c r="E156" t="n" s="2">
-        <x:v>2005</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="F156" t="n" s="2">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B157" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C157" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D157" s="3">
-        <x:v>39082</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E157" t="n" s="2">
-        <x:v>2006</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F157" t="n" s="2">
-        <x:v>59</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B158" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C158" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D158" s="3">
-        <x:v>39447</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E158" t="n" s="2">
-        <x:v>2007</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F158" t="n" s="2">
-        <x:v>46</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B159" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C159" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D159" s="3">
-        <x:v>39813</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="E159" t="n" s="2">
-        <x:v>2008</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F159" t="n" s="2">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B160" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C160" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D160" s="3">
-        <x:v>40178</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E160" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F160" t="n" s="2">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B161" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C161" t="str" s="2">
-        <x:v>Ösan, Herrgården</x:v>
+        <x:v>Ömboån</x:v>
       </x:c>
       <x:c r="D161" s="3">
-        <x:v>40543</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E161" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F161" t="n" s="2">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B162" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C162" t="str" s="2">
         <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D162" s="3">
-        <x:v>41639</x:v>
+        <x:v>38717</x:v>
       </x:c>
       <x:c r="E162" t="n" s="2">
-        <x:v>2013</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="F162" t="n" s="2">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B163" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C163" t="str" s="2">
         <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D163" s="3">
-        <x:v>42735</x:v>
+        <x:v>39082</x:v>
       </x:c>
       <x:c r="E163" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="F163" t="n" s="2">
-        <x:v>41</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" t="str" s="2">
         <x:v>Fosfor i vattendrag</x:v>
       </x:c>
       <x:c r="B164" t="str" s="2">
         <x:v>SE.5.2.4</x:v>
       </x:c>
       <x:c r="C164" t="str" s="2">
         <x:v>Ösan, Herrgården</x:v>
       </x:c>
       <x:c r="D164" s="3">
+        <x:v>39447</x:v>
+      </x:c>
+      <x:c r="E164" t="n" s="2">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="F164" t="n" s="2">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165">
+      <x:c r="A165" t="str" s="2">
+        <x:v>Fosfor i vattendrag</x:v>
+      </x:c>
+      <x:c r="B165" t="str" s="2">
+        <x:v>SE.5.2.4</x:v>
+      </x:c>
+      <x:c r="C165" t="str" s="2">
+        <x:v>Ösan, Herrgården</x:v>
+      </x:c>
+      <x:c r="D165" s="3">
+        <x:v>39813</x:v>
+      </x:c>
+      <x:c r="E165" t="n" s="2">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="F165" t="n" s="2">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166">
+      <x:c r="A166" t="str" s="2">
+        <x:v>Fosfor i vattendrag</x:v>
+      </x:c>
+      <x:c r="B166" t="str" s="2">
+        <x:v>SE.5.2.4</x:v>
+      </x:c>
+      <x:c r="C166" t="str" s="2">
+        <x:v>Ösan, Herrgården</x:v>
+      </x:c>
+      <x:c r="D166" s="3">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="E166" t="n" s="2">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="F166" t="n" s="2">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167">
+      <x:c r="A167" t="str" s="2">
+        <x:v>Fosfor i vattendrag</x:v>
+      </x:c>
+      <x:c r="B167" t="str" s="2">
+        <x:v>SE.5.2.4</x:v>
+      </x:c>
+      <x:c r="C167" t="str" s="2">
+        <x:v>Ösan, Herrgården</x:v>
+      </x:c>
+      <x:c r="D167" s="3">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="E167" t="n" s="2">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="F167" t="n" s="2">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c r="A168" t="str" s="2">
+        <x:v>Fosfor i vattendrag</x:v>
+      </x:c>
+      <x:c r="B168" t="str" s="2">
+        <x:v>SE.5.2.4</x:v>
+      </x:c>
+      <x:c r="C168" t="str" s="2">
+        <x:v>Ösan, Herrgården</x:v>
+      </x:c>
+      <x:c r="D168" s="3">
+        <x:v>41639</x:v>
+      </x:c>
+      <x:c r="E168" t="n" s="2">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="F168" t="n" s="2">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c r="A169" t="str" s="2">
+        <x:v>Fosfor i vattendrag</x:v>
+      </x:c>
+      <x:c r="B169" t="str" s="2">
+        <x:v>SE.5.2.4</x:v>
+      </x:c>
+      <x:c r="C169" t="str" s="2">
+        <x:v>Ösan, Herrgården</x:v>
+      </x:c>
+      <x:c r="D169" s="3">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="E169" t="n" s="2">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="F169" t="n" s="2">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c r="A170" t="str" s="2">
+        <x:v>Fosfor i vattendrag</x:v>
+      </x:c>
+      <x:c r="B170" t="str" s="2">
+        <x:v>SE.5.2.4</x:v>
+      </x:c>
+      <x:c r="C170" t="str" s="2">
+        <x:v>Ösan, Herrgården</x:v>
+      </x:c>
+      <x:c r="D170" s="3">
         <x:v>43830</x:v>
       </x:c>
-      <x:c r="E164" t="n" s="2">
+      <x:c r="E170" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
-      <x:c r="F164" t="n" s="2">
+      <x:c r="F170" t="n" s="2">
         <x:v>56</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>